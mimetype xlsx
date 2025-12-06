--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\TRAVEL POLICY\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BologninoVisciglia.D\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB47FAE0-8CE5-4CB3-8A7F-985848170C1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F88E9257-600C-49ED-8274-0EC1DDA6D55E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RG01" sheetId="4" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="W32" i="4" l="1"/>
   <c r="AB30" i="4" s="1"/>
   <c r="AB38" i="4"/>
   <c r="AB36" i="4"/>
   <c r="AB40" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
     <t>RICHIESTA RIMBORSO</t>
   </si>
   <si>
     <t>Nome e Cognome:</t>
   </si>
   <si>
     <t xml:space="preserve">Nato a: </t>
   </si>
   <si>
@@ -200,51 +200,51 @@
   <si>
     <t>Il sottoscritto dichiara di aver effettuato la trasferta per conto FISR come di seguito descritto:</t>
   </si>
   <si>
     <t>Il sottoscritto, in relazione al servizio svolto, dichiara di esonerare la Fisr da qualsiasi responsabilità per danni a persone e a cose derivanti dai mezzi utilizzati</t>
   </si>
   <si>
     <t>Spazio riservato alla FISR:</t>
   </si>
   <si>
     <r>
       <t>Avvertenze:</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> La richiesta deve pervenire in FISR, completa in ogni sua parte,  presso il Settore Tecnico o l'Ufficio competente entro 30 gg dal rientro in sede. I documenti allegati devono essere in originale o inviati tramite pec a fisr@pec.fisr.it , leggibili e senza correzioni. Non indicare eventuli diarie quando dovute.</t>
     </r>
   </si>
   <si>
-    <t>Mod. RG01/2023</t>
+    <t>Mod. RG01/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-&quot;€&quot;\ * #,##0.00_-;\-&quot;€&quot;\ * #,##0.00_-;_-&quot;€&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -690,512 +690,503 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
-    </xf>
-[...18 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...140 lines deleted...]
-      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDCE6DE"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:colOff>66674</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>190500</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>133349</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>549</xdr:rowOff>
+      <xdr:rowOff>46633</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Immagine 1">
+        <xdr:cNvPr id="4" name="Immagine 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EA3736A-98E5-E751-EB44-6C154FC9F231}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1"/>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
+      <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect r="40146"/>
-        <a:stretch/>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9525" y="0"/>
-          <a:ext cx="781050" cy="476799"/>
+          <a:off x="66674" y="0"/>
+          <a:ext cx="1266825" cy="522883"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1331,1282 +1322,1282 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AF55"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M58" sqref="M58"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AJ38" sqref="AJ38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="32" width="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="55" t="s">
+      <c r="A1" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="B1" s="55"/>
-[...29 lines deleted...]
-      <c r="AF1" s="55"/>
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="G1" s="45"/>
+      <c r="H1" s="45"/>
+      <c r="I1" s="45"/>
+      <c r="J1" s="45"/>
+      <c r="K1" s="45"/>
+      <c r="L1" s="45"/>
+      <c r="M1" s="45"/>
+      <c r="N1" s="45"/>
+      <c r="O1" s="45"/>
+      <c r="P1" s="45"/>
+      <c r="Q1" s="45"/>
+      <c r="R1" s="45"/>
+      <c r="S1" s="45"/>
+      <c r="T1" s="45"/>
+      <c r="U1" s="45"/>
+      <c r="V1" s="45"/>
+      <c r="W1" s="45"/>
+      <c r="X1" s="45"/>
+      <c r="Y1" s="45"/>
+      <c r="Z1" s="45"/>
+      <c r="AA1" s="45"/>
+      <c r="AB1" s="45"/>
+      <c r="AC1" s="45"/>
+      <c r="AD1" s="45"/>
+      <c r="AE1" s="45"/>
+      <c r="AF1" s="45"/>
     </row>
     <row r="2" spans="1:32" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="55" t="s">
+      <c r="A2" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="55"/>
-[...29 lines deleted...]
-      <c r="AF2" s="55"/>
+      <c r="B2" s="45"/>
+      <c r="C2" s="45"/>
+      <c r="D2" s="45"/>
+      <c r="E2" s="45"/>
+      <c r="F2" s="45"/>
+      <c r="G2" s="45"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="45"/>
+      <c r="J2" s="45"/>
+      <c r="K2" s="45"/>
+      <c r="L2" s="45"/>
+      <c r="M2" s="45"/>
+      <c r="N2" s="45"/>
+      <c r="O2" s="45"/>
+      <c r="P2" s="45"/>
+      <c r="Q2" s="45"/>
+      <c r="R2" s="45"/>
+      <c r="S2" s="45"/>
+      <c r="T2" s="45"/>
+      <c r="U2" s="45"/>
+      <c r="V2" s="45"/>
+      <c r="W2" s="45"/>
+      <c r="X2" s="45"/>
+      <c r="Y2" s="45"/>
+      <c r="Z2" s="45"/>
+      <c r="AA2" s="45"/>
+      <c r="AB2" s="45"/>
+      <c r="AC2" s="45"/>
+      <c r="AD2" s="45"/>
+      <c r="AE2" s="45"/>
+      <c r="AF2" s="45"/>
     </row>
     <row r="3" spans="1:32" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="56"/>
-[...30 lines deleted...]
-      <c r="AF3" s="56"/>
+      <c r="A3" s="46"/>
+      <c r="B3" s="46"/>
+      <c r="C3" s="46"/>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="46"/>
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="46"/>
+      <c r="M3" s="46"/>
+      <c r="N3" s="46"/>
+      <c r="O3" s="46"/>
+      <c r="P3" s="46"/>
+      <c r="Q3" s="46"/>
+      <c r="R3" s="46"/>
+      <c r="S3" s="46"/>
+      <c r="T3" s="46"/>
+      <c r="U3" s="46"/>
+      <c r="V3" s="46"/>
+      <c r="W3" s="46"/>
+      <c r="X3" s="46"/>
+      <c r="Y3" s="46"/>
+      <c r="Z3" s="46"/>
+      <c r="AA3" s="46"/>
+      <c r="AB3" s="46"/>
+      <c r="AC3" s="46"/>
+      <c r="AD3" s="46"/>
+      <c r="AE3" s="46"/>
+      <c r="AF3" s="46"/>
     </row>
     <row r="4" spans="1:32" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>1</v>
       </c>
-      <c r="G5" s="22"/>
-[...23 lines deleted...]
-      <c r="AE5" s="23"/>
+      <c r="G5" s="35"/>
+      <c r="H5" s="35"/>
+      <c r="I5" s="35"/>
+      <c r="J5" s="35"/>
+      <c r="K5" s="35"/>
+      <c r="L5" s="35"/>
+      <c r="M5" s="35"/>
+      <c r="N5" s="35"/>
+      <c r="O5" s="35"/>
+      <c r="P5" s="35"/>
+      <c r="Q5" s="35"/>
+      <c r="R5" s="35"/>
+      <c r="S5" s="35"/>
+      <c r="T5" s="35"/>
+      <c r="U5" s="35"/>
+      <c r="V5" s="35"/>
+      <c r="W5" s="35"/>
+      <c r="X5" s="35"/>
+      <c r="Y5" s="35"/>
+      <c r="Z5" s="35"/>
+      <c r="AA5" s="35"/>
+      <c r="AB5" s="35"/>
+      <c r="AC5" s="35"/>
+      <c r="AD5" s="35"/>
+      <c r="AE5" s="36"/>
     </row>
     <row r="6" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="22"/>
-[...18 lines deleted...]
-      <c r="W7" s="23"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
+      <c r="G7" s="35"/>
+      <c r="H7" s="35"/>
+      <c r="I7" s="35"/>
+      <c r="J7" s="35"/>
+      <c r="K7" s="35"/>
+      <c r="L7" s="35"/>
+      <c r="M7" s="35"/>
+      <c r="N7" s="35"/>
+      <c r="O7" s="35"/>
+      <c r="P7" s="35"/>
+      <c r="Q7" s="35"/>
+      <c r="R7" s="35"/>
+      <c r="S7" s="35"/>
+      <c r="T7" s="35"/>
+      <c r="U7" s="35"/>
+      <c r="V7" s="35"/>
+      <c r="W7" s="36"/>
       <c r="Y7" t="s">
         <v>3</v>
       </c>
-      <c r="Z7" s="18"/>
-[...4 lines deleted...]
-      <c r="AE7" s="19"/>
+      <c r="Z7" s="47"/>
+      <c r="AA7" s="47"/>
+      <c r="AB7" s="47"/>
+      <c r="AC7" s="47"/>
+      <c r="AD7" s="47"/>
+      <c r="AE7" s="48"/>
     </row>
     <row r="8" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="3"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="3"/>
       <c r="N9" s="9"/>
       <c r="O9" s="9"/>
       <c r="P9" s="9"/>
       <c r="Q9" s="9"/>
       <c r="R9" s="9"/>
       <c r="S9" s="3"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="9"/>
       <c r="W9" s="9"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="9"/>
     </row>
     <row r="10" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="11" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="22"/>
-[...14 lines deleted...]
-      <c r="T11" s="23"/>
+      <c r="E11" s="35"/>
+      <c r="F11" s="35"/>
+      <c r="G11" s="35"/>
+      <c r="H11" s="35"/>
+      <c r="I11" s="35"/>
+      <c r="J11" s="35"/>
+      <c r="K11" s="35"/>
+      <c r="L11" s="35"/>
+      <c r="M11" s="35"/>
+      <c r="N11" s="35"/>
+      <c r="O11" s="35"/>
+      <c r="P11" s="35"/>
+      <c r="Q11" s="35"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="35"/>
+      <c r="T11" s="36"/>
       <c r="V11" t="s">
         <v>7</v>
       </c>
-      <c r="X11" s="22"/>
-      <c r="Y11" s="23"/>
+      <c r="X11" s="35"/>
+      <c r="Y11" s="36"/>
       <c r="AA11" t="s">
         <v>6</v>
       </c>
-      <c r="AC11" s="22"/>
-[...1 lines deleted...]
-      <c r="AE11" s="23"/>
+      <c r="AC11" s="35"/>
+      <c r="AD11" s="35"/>
+      <c r="AE11" s="36"/>
     </row>
     <row r="12" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="13" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="22"/>
-[...23 lines deleted...]
-      <c r="AA13" s="23"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="35"/>
+      <c r="J13" s="35"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="35"/>
+      <c r="M13" s="35"/>
+      <c r="N13" s="35"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="35"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="35"/>
+      <c r="T13" s="35"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="36"/>
       <c r="AC13" t="s">
         <v>9</v>
       </c>
-      <c r="AD13" s="22"/>
-      <c r="AE13" s="23"/>
+      <c r="AD13" s="35"/>
+      <c r="AE13" s="36"/>
     </row>
     <row r="14" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" s="22"/>
-[...18 lines deleted...]
-      <c r="W15" s="23"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="35"/>
+      <c r="F15" s="35"/>
+      <c r="G15" s="35"/>
+      <c r="H15" s="35"/>
+      <c r="I15" s="35"/>
+      <c r="J15" s="35"/>
+      <c r="K15" s="35"/>
+      <c r="L15" s="35"/>
+      <c r="M15" s="35"/>
+      <c r="N15" s="35"/>
+      <c r="O15" s="35"/>
+      <c r="P15" s="35"/>
+      <c r="Q15" s="35"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="35"/>
+      <c r="T15" s="35"/>
+      <c r="U15" s="35"/>
+      <c r="V15" s="35"/>
+      <c r="W15" s="36"/>
       <c r="X15" t="s">
         <v>35</v>
       </c>
-      <c r="AA15" s="38"/>
-[...3 lines deleted...]
-      <c r="AE15" s="39"/>
+      <c r="AA15" s="49"/>
+      <c r="AB15" s="49"/>
+      <c r="AC15" s="49"/>
+      <c r="AD15" s="49"/>
+      <c r="AE15" s="50"/>
     </row>
     <row r="16" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="17" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="6"/>
       <c r="G17" s="7"/>
       <c r="H17" s="8"/>
       <c r="I17" s="5"/>
       <c r="J17" s="6"/>
       <c r="K17" s="7"/>
       <c r="L17" s="8"/>
       <c r="M17" s="5"/>
       <c r="N17" s="6"/>
       <c r="O17" s="7"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="5"/>
       <c r="R17" s="6"/>
       <c r="S17" s="7"/>
       <c r="T17" s="8"/>
       <c r="U17" s="5"/>
       <c r="V17" s="6"/>
       <c r="W17" s="7"/>
       <c r="X17" s="8"/>
       <c r="Y17" s="5"/>
       <c r="Z17" s="6"/>
       <c r="AA17" s="7"/>
       <c r="AB17" s="8"/>
       <c r="AC17" s="5"/>
       <c r="AD17" s="7"/>
       <c r="AE17" s="8"/>
     </row>
     <row r="18" spans="1:32" ht="15.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="E18" s="10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:32" ht="3.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:32" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>10</v>
       </c>
-      <c r="E22" s="22"/>
-[...4 lines deleted...]
-      <c r="K22" s="60" t="s">
+      <c r="E22" s="35"/>
+      <c r="F22" s="35"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="36"/>
+      <c r="K22" s="40" t="s">
         <v>41</v>
       </c>
-      <c r="L22" s="60"/>
-[...7 lines deleted...]
-      <c r="T22" s="61" t="s">
+      <c r="L22" s="40"/>
+      <c r="M22" s="40"/>
+      <c r="N22" s="35"/>
+      <c r="O22" s="35"/>
+      <c r="P22" s="35"/>
+      <c r="Q22" s="35"/>
+      <c r="R22" s="35"/>
+      <c r="S22" s="36"/>
+      <c r="T22" s="41" t="s">
         <v>42</v>
       </c>
-      <c r="U22" s="60"/>
-[...9 lines deleted...]
-      <c r="AE22" s="23"/>
+      <c r="U22" s="40"/>
+      <c r="V22" s="40"/>
+      <c r="W22" s="40"/>
+      <c r="X22" s="35"/>
+      <c r="Y22" s="35"/>
+      <c r="Z22" s="35"/>
+      <c r="AA22" s="35"/>
+      <c r="AB22" s="35"/>
+      <c r="AC22" s="35"/>
+      <c r="AD22" s="35"/>
+      <c r="AE22" s="36"/>
     </row>
     <row r="23" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>13</v>
       </c>
-      <c r="G24" s="22"/>
-[...7 lines deleted...]
-      <c r="O24" s="23"/>
+      <c r="G24" s="35"/>
+      <c r="H24" s="35"/>
+      <c r="I24" s="35"/>
+      <c r="J24" s="35"/>
+      <c r="K24" s="35"/>
+      <c r="L24" s="35"/>
+      <c r="M24" s="35"/>
+      <c r="N24" s="35"/>
+      <c r="O24" s="36"/>
       <c r="Q24" t="s">
         <v>16</v>
       </c>
-      <c r="U24" s="18"/>
-[...2 lines deleted...]
-      <c r="X24" s="19"/>
+      <c r="U24" s="47"/>
+      <c r="V24" s="47"/>
+      <c r="W24" s="47"/>
+      <c r="X24" s="48"/>
       <c r="Z24" t="s">
         <v>17</v>
       </c>
-      <c r="AD24" s="22"/>
-      <c r="AE24" s="23"/>
+      <c r="AD24" s="35"/>
+      <c r="AE24" s="36"/>
     </row>
     <row r="25" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
         <v>12</v>
       </c>
-      <c r="G26" s="22"/>
-[...7 lines deleted...]
-      <c r="O26" s="23"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="35"/>
+      <c r="I26" s="35"/>
+      <c r="J26" s="35"/>
+      <c r="K26" s="35"/>
+      <c r="L26" s="35"/>
+      <c r="M26" s="35"/>
+      <c r="N26" s="35"/>
+      <c r="O26" s="36"/>
       <c r="Q26" t="s">
         <v>14</v>
       </c>
-      <c r="U26" s="18"/>
-[...2 lines deleted...]
-      <c r="X26" s="19"/>
+      <c r="U26" s="47"/>
+      <c r="V26" s="47"/>
+      <c r="W26" s="47"/>
+      <c r="X26" s="48"/>
       <c r="Z26" t="s">
         <v>15</v>
       </c>
-      <c r="AD26" s="22"/>
-      <c r="AE26" s="23"/>
+      <c r="AD26" s="35"/>
+      <c r="AE26" s="36"/>
     </row>
     <row r="27" spans="1:32" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:32" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="73" t="s">
+      <c r="A30" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="B30" s="73"/>
-[...2 lines deleted...]
-      <c r="E30" s="35" t="s">
+      <c r="B30" s="31"/>
+      <c r="C30" s="31"/>
+      <c r="D30" s="31"/>
+      <c r="E30" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="F30" s="36"/>
-[...21 lines deleted...]
-      <c r="AB30" s="46">
+      <c r="F30" s="19"/>
+      <c r="G30" s="19"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="19"/>
+      <c r="J30" s="19"/>
+      <c r="K30" s="19"/>
+      <c r="L30" s="19"/>
+      <c r="M30" s="19"/>
+      <c r="N30" s="19"/>
+      <c r="O30" s="19"/>
+      <c r="P30" s="19"/>
+      <c r="Q30" s="19"/>
+      <c r="R30" s="19"/>
+      <c r="S30" s="19"/>
+      <c r="T30" s="19"/>
+      <c r="U30" s="19"/>
+      <c r="V30" s="20"/>
+      <c r="W30" s="30"/>
+      <c r="X30" s="30"/>
+      <c r="Y30" s="30"/>
+      <c r="Z30" s="30"/>
+      <c r="AA30" s="30"/>
+      <c r="AB30" s="57">
         <f>SUM(W30:AA34)</f>
         <v>0</v>
       </c>
-      <c r="AC30" s="47"/>
-[...2 lines deleted...]
-      <c r="AF30" s="48"/>
+      <c r="AC30" s="58"/>
+      <c r="AD30" s="58"/>
+      <c r="AE30" s="58"/>
+      <c r="AF30" s="59"/>
     </row>
     <row r="31" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="73"/>
-[...3 lines deleted...]
-      <c r="E31" s="57" t="s">
+      <c r="A31" s="31"/>
+      <c r="B31" s="31"/>
+      <c r="C31" s="31"/>
+      <c r="D31" s="31"/>
+      <c r="E31" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="F31" s="58"/>
-[...25 lines deleted...]
-      <c r="AF31" s="51"/>
+      <c r="F31" s="38"/>
+      <c r="G31" s="38"/>
+      <c r="H31" s="38"/>
+      <c r="I31" s="38"/>
+      <c r="J31" s="38"/>
+      <c r="K31" s="38"/>
+      <c r="L31" s="38"/>
+      <c r="M31" s="38"/>
+      <c r="N31" s="38"/>
+      <c r="O31" s="38"/>
+      <c r="P31" s="38"/>
+      <c r="Q31" s="38"/>
+      <c r="R31" s="38"/>
+      <c r="S31" s="38"/>
+      <c r="T31" s="38"/>
+      <c r="U31" s="38"/>
+      <c r="V31" s="39"/>
+      <c r="W31" s="30"/>
+      <c r="X31" s="30"/>
+      <c r="Y31" s="30"/>
+      <c r="Z31" s="30"/>
+      <c r="AA31" s="30"/>
+      <c r="AB31" s="60"/>
+      <c r="AC31" s="61"/>
+      <c r="AD31" s="61"/>
+      <c r="AE31" s="61"/>
+      <c r="AF31" s="62"/>
     </row>
     <row r="32" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="73"/>
-[...3 lines deleted...]
-      <c r="E32" s="35" t="s">
+      <c r="A32" s="31"/>
+      <c r="B32" s="31"/>
+      <c r="C32" s="31"/>
+      <c r="D32" s="31"/>
+      <c r="E32" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="F32" s="36"/>
-[...6 lines deleted...]
-      <c r="M32" s="25" t="s">
+      <c r="F32" s="19"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="19"/>
+      <c r="L32" s="20"/>
+      <c r="M32" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="N32" s="69"/>
-[...2 lines deleted...]
-      <c r="Q32" s="70" t="s">
+      <c r="N32" s="22"/>
+      <c r="O32" s="26"/>
+      <c r="P32" s="27"/>
+      <c r="Q32" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="R32" s="25"/>
-[...1 lines deleted...]
-      <c r="T32" s="29">
+      <c r="R32" s="21"/>
+      <c r="S32" s="22"/>
+      <c r="T32" s="28">
         <v>0.34</v>
       </c>
-      <c r="U32" s="30"/>
-[...1 lines deleted...]
-      <c r="W32" s="29">
+      <c r="U32" s="29"/>
+      <c r="V32" s="29"/>
+      <c r="W32" s="28">
         <f>O32*T32</f>
         <v>0</v>
       </c>
-      <c r="X32" s="30"/>
-[...7 lines deleted...]
-      <c r="AF32" s="51"/>
+      <c r="X32" s="29"/>
+      <c r="Y32" s="29"/>
+      <c r="Z32" s="29"/>
+      <c r="AA32" s="29"/>
+      <c r="AB32" s="60"/>
+      <c r="AC32" s="61"/>
+      <c r="AD32" s="61"/>
+      <c r="AE32" s="61"/>
+      <c r="AF32" s="62"/>
     </row>
     <row r="33" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="73"/>
-[...3 lines deleted...]
-      <c r="E33" s="62" t="s">
+      <c r="A33" s="31"/>
+      <c r="B33" s="31"/>
+      <c r="C33" s="31"/>
+      <c r="D33" s="31"/>
+      <c r="E33" s="42" t="s">
         <v>19</v>
       </c>
-      <c r="F33" s="63"/>
-[...25 lines deleted...]
-      <c r="AF33" s="51"/>
+      <c r="F33" s="43"/>
+      <c r="G33" s="43"/>
+      <c r="H33" s="43"/>
+      <c r="I33" s="43"/>
+      <c r="J33" s="43"/>
+      <c r="K33" s="43"/>
+      <c r="L33" s="43"/>
+      <c r="M33" s="43"/>
+      <c r="N33" s="43"/>
+      <c r="O33" s="43"/>
+      <c r="P33" s="43"/>
+      <c r="Q33" s="43"/>
+      <c r="R33" s="43"/>
+      <c r="S33" s="43"/>
+      <c r="T33" s="43"/>
+      <c r="U33" s="43"/>
+      <c r="V33" s="44"/>
+      <c r="W33" s="30"/>
+      <c r="X33" s="30"/>
+      <c r="Y33" s="30"/>
+      <c r="Z33" s="30"/>
+      <c r="AA33" s="30"/>
+      <c r="AB33" s="60"/>
+      <c r="AC33" s="61"/>
+      <c r="AD33" s="61"/>
+      <c r="AE33" s="61"/>
+      <c r="AF33" s="62"/>
     </row>
     <row r="34" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A34" s="73"/>
-[...3 lines deleted...]
-      <c r="E34" s="35" t="s">
+      <c r="A34" s="31"/>
+      <c r="B34" s="31"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="31"/>
+      <c r="E34" s="18" t="s">
         <v>30</v>
       </c>
-      <c r="F34" s="36"/>
-[...25 lines deleted...]
-      <c r="AF34" s="54"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="19"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="19"/>
+      <c r="J34" s="19"/>
+      <c r="K34" s="19"/>
+      <c r="L34" s="19"/>
+      <c r="M34" s="19"/>
+      <c r="N34" s="19"/>
+      <c r="O34" s="19"/>
+      <c r="P34" s="19"/>
+      <c r="Q34" s="19"/>
+      <c r="R34" s="19"/>
+      <c r="S34" s="19"/>
+      <c r="T34" s="19"/>
+      <c r="U34" s="19"/>
+      <c r="V34" s="20"/>
+      <c r="W34" s="30"/>
+      <c r="X34" s="30"/>
+      <c r="Y34" s="30"/>
+      <c r="Z34" s="30"/>
+      <c r="AA34" s="30"/>
+      <c r="AB34" s="63"/>
+      <c r="AC34" s="64"/>
+      <c r="AD34" s="64"/>
+      <c r="AE34" s="64"/>
+      <c r="AF34" s="65"/>
     </row>
     <row r="35" spans="1:32" ht="6.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="34" t="s">
         <v>23</v>
       </c>
-      <c r="B36" s="24"/>
-[...10 lines deleted...]
-      <c r="M36" s="24" t="s">
+      <c r="B36" s="34"/>
+      <c r="C36" s="34"/>
+      <c r="D36" s="34"/>
+      <c r="E36" s="21"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="21"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="21"/>
+      <c r="L36" s="21"/>
+      <c r="M36" s="34" t="s">
         <v>24</v>
       </c>
-      <c r="N36" s="24"/>
-[...13 lines deleted...]
-      <c r="AB36" s="40">
+      <c r="N36" s="34"/>
+      <c r="O36" s="34"/>
+      <c r="P36" s="34"/>
+      <c r="Q36" s="26"/>
+      <c r="R36" s="27"/>
+      <c r="S36" s="21"/>
+      <c r="T36" s="21"/>
+      <c r="U36" s="21"/>
+      <c r="V36" s="21"/>
+      <c r="W36" s="30"/>
+      <c r="X36" s="30"/>
+      <c r="Y36" s="30"/>
+      <c r="Z36" s="30"/>
+      <c r="AA36" s="30"/>
+      <c r="AB36" s="51">
         <f>SUM(W36:AA37)</f>
         <v>0</v>
       </c>
-      <c r="AC36" s="41"/>
-[...2 lines deleted...]
-      <c r="AF36" s="42"/>
+      <c r="AC36" s="52"/>
+      <c r="AD36" s="52"/>
+      <c r="AE36" s="52"/>
+      <c r="AF36" s="53"/>
     </row>
     <row r="37" spans="1:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="24" t="s">
+      <c r="A37" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="B37" s="24"/>
-[...10 lines deleted...]
-      <c r="M37" s="24" t="s">
+      <c r="B37" s="34"/>
+      <c r="C37" s="34"/>
+      <c r="D37" s="34"/>
+      <c r="E37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="21"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="21"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="34" t="s">
         <v>26</v>
       </c>
-      <c r="N37" s="24"/>
-[...17 lines deleted...]
-      <c r="AF37" s="45"/>
+      <c r="N37" s="34"/>
+      <c r="O37" s="34"/>
+      <c r="P37" s="34"/>
+      <c r="Q37" s="26"/>
+      <c r="R37" s="27"/>
+      <c r="S37" s="21"/>
+      <c r="T37" s="21"/>
+      <c r="U37" s="21"/>
+      <c r="V37" s="21"/>
+      <c r="W37" s="30"/>
+      <c r="X37" s="30"/>
+      <c r="Y37" s="30"/>
+      <c r="Z37" s="30"/>
+      <c r="AA37" s="30"/>
+      <c r="AB37" s="54"/>
+      <c r="AC37" s="55"/>
+      <c r="AD37" s="55"/>
+      <c r="AE37" s="55"/>
+      <c r="AF37" s="56"/>
     </row>
     <row r="38" spans="1:32" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A38" s="24" t="s">
+      <c r="A38" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="24"/>
-[...25 lines deleted...]
-      <c r="AB38" s="75">
+      <c r="B38" s="34"/>
+      <c r="C38" s="34"/>
+      <c r="D38" s="34"/>
+      <c r="E38" s="32"/>
+      <c r="F38" s="32"/>
+      <c r="G38" s="32"/>
+      <c r="H38" s="32"/>
+      <c r="I38" s="32"/>
+      <c r="J38" s="32"/>
+      <c r="K38" s="32"/>
+      <c r="L38" s="32"/>
+      <c r="M38" s="32"/>
+      <c r="N38" s="32"/>
+      <c r="O38" s="32"/>
+      <c r="P38" s="32"/>
+      <c r="Q38" s="32"/>
+      <c r="R38" s="32"/>
+      <c r="S38" s="32"/>
+      <c r="T38" s="32"/>
+      <c r="U38" s="32"/>
+      <c r="V38" s="32"/>
+      <c r="W38" s="30"/>
+      <c r="X38" s="30"/>
+      <c r="Y38" s="30"/>
+      <c r="Z38" s="30"/>
+      <c r="AA38" s="30"/>
+      <c r="AB38" s="33">
         <f>W38</f>
         <v>0</v>
       </c>
-      <c r="AC38" s="75"/>
-[...2 lines deleted...]
-      <c r="AF38" s="75"/>
+      <c r="AC38" s="33"/>
+      <c r="AD38" s="33"/>
+      <c r="AE38" s="33"/>
+      <c r="AF38" s="33"/>
     </row>
     <row r="39" spans="1:32" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="40" spans="1:32" ht="20.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="34" t="s">
+      <c r="A40" s="75" t="s">
         <v>45</v>
       </c>
-      <c r="B40" s="34"/>
-[...19 lines deleted...]
-      <c r="V40" s="34"/>
+      <c r="B40" s="75"/>
+      <c r="C40" s="75"/>
+      <c r="D40" s="75"/>
+      <c r="E40" s="75"/>
+      <c r="F40" s="75"/>
+      <c r="G40" s="75"/>
+      <c r="H40" s="75"/>
+      <c r="I40" s="75"/>
+      <c r="J40" s="75"/>
+      <c r="K40" s="75"/>
+      <c r="L40" s="75"/>
+      <c r="M40" s="75"/>
+      <c r="N40" s="75"/>
+      <c r="O40" s="75"/>
+      <c r="P40" s="75"/>
+      <c r="Q40" s="75"/>
+      <c r="R40" s="75"/>
+      <c r="S40" s="75"/>
+      <c r="T40" s="75"/>
+      <c r="U40" s="75"/>
+      <c r="V40" s="75"/>
       <c r="Y40" t="s">
         <v>27</v>
       </c>
-      <c r="AB40" s="26">
+      <c r="AB40" s="72">
         <f>SUM(AB30,AB36,AB38)</f>
         <v>0</v>
       </c>
-      <c r="AC40" s="27"/>
-[...2 lines deleted...]
-      <c r="AF40" s="28"/>
+      <c r="AC40" s="73"/>
+      <c r="AD40" s="73"/>
+      <c r="AE40" s="73"/>
+      <c r="AF40" s="74"/>
     </row>
     <row r="41" spans="1:32" s="11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="34"/>
-[...20 lines deleted...]
-      <c r="V41" s="34"/>
+      <c r="A41" s="75"/>
+      <c r="B41" s="75"/>
+      <c r="C41" s="75"/>
+      <c r="D41" s="75"/>
+      <c r="E41" s="75"/>
+      <c r="F41" s="75"/>
+      <c r="G41" s="75"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="75"/>
+      <c r="J41" s="75"/>
+      <c r="K41" s="75"/>
+      <c r="L41" s="75"/>
+      <c r="M41" s="75"/>
+      <c r="N41" s="75"/>
+      <c r="O41" s="75"/>
+      <c r="P41" s="75"/>
+      <c r="Q41" s="75"/>
+      <c r="R41" s="75"/>
+      <c r="S41" s="75"/>
+      <c r="T41" s="75"/>
+      <c r="U41" s="75"/>
+      <c r="V41" s="75"/>
     </row>
     <row r="42" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>11</v>
       </c>
-      <c r="C42" s="18"/>
-[...3 lines deleted...]
-      <c r="G42" s="19"/>
+      <c r="C42" s="47"/>
+      <c r="D42" s="47"/>
+      <c r="E42" s="47"/>
+      <c r="F42" s="47"/>
+      <c r="G42" s="48"/>
       <c r="O42" t="s">
         <v>28</v>
       </c>
-      <c r="Q42" s="20"/>
-[...9 lines deleted...]
-      <c r="AA42" s="21"/>
+      <c r="Q42" s="15"/>
+      <c r="R42" s="15"/>
+      <c r="S42" s="15"/>
+      <c r="T42" s="15"/>
+      <c r="U42" s="15"/>
+      <c r="V42" s="15"/>
+      <c r="W42" s="15"/>
+      <c r="X42" s="15"/>
+      <c r="Y42" s="15"/>
+      <c r="Z42" s="15"/>
+      <c r="AA42" s="17"/>
     </row>
     <row r="43" spans="1:32" ht="7.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="44" spans="1:32" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:32" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="12"/>
-[...30 lines deleted...]
-      <c r="AF45" s="14"/>
+      <c r="A45" s="66"/>
+      <c r="B45" s="67"/>
+      <c r="C45" s="67"/>
+      <c r="D45" s="67"/>
+      <c r="E45" s="67"/>
+      <c r="F45" s="67"/>
+      <c r="G45" s="67"/>
+      <c r="H45" s="67"/>
+      <c r="I45" s="67"/>
+      <c r="J45" s="67"/>
+      <c r="K45" s="67"/>
+      <c r="L45" s="67"/>
+      <c r="M45" s="67"/>
+      <c r="N45" s="67"/>
+      <c r="O45" s="67"/>
+      <c r="P45" s="67"/>
+      <c r="Q45" s="67"/>
+      <c r="R45" s="67"/>
+      <c r="S45" s="67"/>
+      <c r="T45" s="67"/>
+      <c r="U45" s="67"/>
+      <c r="V45" s="67"/>
+      <c r="W45" s="67"/>
+      <c r="X45" s="67"/>
+      <c r="Y45" s="67"/>
+      <c r="Z45" s="67"/>
+      <c r="AA45" s="67"/>
+      <c r="AB45" s="67"/>
+      <c r="AC45" s="67"/>
+      <c r="AD45" s="67"/>
+      <c r="AE45" s="67"/>
+      <c r="AF45" s="68"/>
     </row>
     <row r="46" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="15"/>
-[...30 lines deleted...]
-      <c r="AF46" s="17"/>
+      <c r="A46" s="69"/>
+      <c r="B46" s="70"/>
+      <c r="C46" s="70"/>
+      <c r="D46" s="70"/>
+      <c r="E46" s="70"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="70"/>
+      <c r="H46" s="70"/>
+      <c r="I46" s="70"/>
+      <c r="J46" s="70"/>
+      <c r="K46" s="70"/>
+      <c r="L46" s="70"/>
+      <c r="M46" s="70"/>
+      <c r="N46" s="70"/>
+      <c r="O46" s="70"/>
+      <c r="P46" s="70"/>
+      <c r="Q46" s="70"/>
+      <c r="R46" s="70"/>
+      <c r="S46" s="70"/>
+      <c r="T46" s="70"/>
+      <c r="U46" s="70"/>
+      <c r="V46" s="70"/>
+      <c r="W46" s="70"/>
+      <c r="X46" s="70"/>
+      <c r="Y46" s="70"/>
+      <c r="Z46" s="70"/>
+      <c r="AA46" s="70"/>
+      <c r="AB46" s="70"/>
+      <c r="AC46" s="70"/>
+      <c r="AD46" s="70"/>
+      <c r="AE46" s="70"/>
+      <c r="AF46" s="71"/>
     </row>
     <row r="47" spans="1:32" ht="6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:32" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="71" t="s">
+      <c r="A48" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="B48" s="72"/>
-[...29 lines deleted...]
-      <c r="AF48" s="72"/>
+      <c r="B48" s="25"/>
+      <c r="C48" s="25"/>
+      <c r="D48" s="25"/>
+      <c r="E48" s="25"/>
+      <c r="F48" s="25"/>
+      <c r="G48" s="25"/>
+      <c r="H48" s="25"/>
+      <c r="I48" s="25"/>
+      <c r="J48" s="25"/>
+      <c r="K48" s="25"/>
+      <c r="L48" s="25"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="25"/>
+      <c r="O48" s="25"/>
+      <c r="P48" s="25"/>
+      <c r="Q48" s="25"/>
+      <c r="R48" s="25"/>
+      <c r="S48" s="25"/>
+      <c r="T48" s="25"/>
+      <c r="U48" s="25"/>
+      <c r="V48" s="25"/>
+      <c r="W48" s="25"/>
+      <c r="X48" s="25"/>
+      <c r="Y48" s="25"/>
+      <c r="Z48" s="25"/>
+      <c r="AA48" s="25"/>
+      <c r="AB48" s="25"/>
+      <c r="AC48" s="25"/>
+      <c r="AD48" s="25"/>
+      <c r="AE48" s="25"/>
+      <c r="AF48" s="25"/>
     </row>
     <row r="49" spans="1:32" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="72"/>
-[...30 lines deleted...]
-      <c r="AF49" s="72"/>
+      <c r="A49" s="25"/>
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="25"/>
+      <c r="E49" s="25"/>
+      <c r="F49" s="25"/>
+      <c r="G49" s="25"/>
+      <c r="H49" s="25"/>
+      <c r="I49" s="25"/>
+      <c r="J49" s="25"/>
+      <c r="K49" s="25"/>
+      <c r="L49" s="25"/>
+      <c r="M49" s="25"/>
+      <c r="N49" s="25"/>
+      <c r="O49" s="25"/>
+      <c r="P49" s="25"/>
+      <c r="Q49" s="25"/>
+      <c r="R49" s="25"/>
+      <c r="S49" s="25"/>
+      <c r="T49" s="25"/>
+      <c r="U49" s="25"/>
+      <c r="V49" s="25"/>
+      <c r="W49" s="25"/>
+      <c r="X49" s="25"/>
+      <c r="Y49" s="25"/>
+      <c r="Z49" s="25"/>
+      <c r="AA49" s="25"/>
+      <c r="AB49" s="25"/>
+      <c r="AC49" s="25"/>
+      <c r="AD49" s="25"/>
+      <c r="AE49" s="25"/>
+      <c r="AF49" s="25"/>
     </row>
     <row r="50" spans="1:32" x14ac:dyDescent="0.25">
-      <c r="A50" s="71" t="s">
+      <c r="A50" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="B50" s="72"/>
-[...29 lines deleted...]
-      <c r="AF50" s="72"/>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="25"/>
+      <c r="E50" s="25"/>
+      <c r="F50" s="25"/>
+      <c r="G50" s="25"/>
+      <c r="H50" s="25"/>
+      <c r="I50" s="25"/>
+      <c r="J50" s="25"/>
+      <c r="K50" s="25"/>
+      <c r="L50" s="25"/>
+      <c r="M50" s="25"/>
+      <c r="N50" s="25"/>
+      <c r="O50" s="25"/>
+      <c r="P50" s="25"/>
+      <c r="Q50" s="25"/>
+      <c r="R50" s="25"/>
+      <c r="S50" s="25"/>
+      <c r="T50" s="25"/>
+      <c r="U50" s="25"/>
+      <c r="V50" s="25"/>
+      <c r="W50" s="25"/>
+      <c r="X50" s="25"/>
+      <c r="Y50" s="25"/>
+      <c r="Z50" s="25"/>
+      <c r="AA50" s="25"/>
+      <c r="AB50" s="25"/>
+      <c r="AC50" s="25"/>
+      <c r="AD50" s="25"/>
+      <c r="AE50" s="25"/>
+      <c r="AF50" s="25"/>
     </row>
     <row r="51" spans="1:32" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="72"/>
-[...30 lines deleted...]
-      <c r="AF51" s="72"/>
+      <c r="A51" s="25"/>
+      <c r="B51" s="25"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="25"/>
+      <c r="F51" s="25"/>
+      <c r="G51" s="25"/>
+      <c r="H51" s="25"/>
+      <c r="I51" s="25"/>
+      <c r="J51" s="25"/>
+      <c r="K51" s="25"/>
+      <c r="L51" s="25"/>
+      <c r="M51" s="25"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="25"/>
+      <c r="Q51" s="25"/>
+      <c r="R51" s="25"/>
+      <c r="S51" s="25"/>
+      <c r="T51" s="25"/>
+      <c r="U51" s="25"/>
+      <c r="V51" s="25"/>
+      <c r="W51" s="25"/>
+      <c r="X51" s="25"/>
+      <c r="Y51" s="25"/>
+      <c r="Z51" s="25"/>
+      <c r="AA51" s="25"/>
+      <c r="AB51" s="25"/>
+      <c r="AC51" s="25"/>
+      <c r="AD51" s="25"/>
+      <c r="AE51" s="25"/>
+      <c r="AF51" s="25"/>
     </row>
     <row r="52" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="AB52" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:32" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="65"/>
-[...30 lines deleted...]
-      <c r="AF53" s="68"/>
+      <c r="A53" s="12"/>
+      <c r="B53" s="13"/>
+      <c r="C53" s="13"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="13"/>
+      <c r="F53" s="13"/>
+      <c r="G53" s="13"/>
+      <c r="H53" s="13"/>
+      <c r="I53" s="13"/>
+      <c r="J53" s="13"/>
+      <c r="K53" s="13"/>
+      <c r="L53" s="13"/>
+      <c r="M53" s="13"/>
+      <c r="N53" s="13"/>
+      <c r="O53" s="13"/>
+      <c r="P53" s="13"/>
+      <c r="Q53" s="13"/>
+      <c r="R53" s="13"/>
+      <c r="S53" s="13"/>
+      <c r="T53" s="13"/>
+      <c r="U53" s="13"/>
+      <c r="V53" s="13"/>
+      <c r="W53" s="13"/>
+      <c r="X53" s="13"/>
+      <c r="Y53" s="13"/>
+      <c r="Z53" s="13"/>
+      <c r="AA53" s="13"/>
+      <c r="AB53" s="12"/>
+      <c r="AC53" s="13"/>
+      <c r="AD53" s="13"/>
+      <c r="AE53" s="13"/>
+      <c r="AF53" s="16"/>
     </row>
     <row r="54" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="67"/>
-[...30 lines deleted...]
-      <c r="AF54" s="21"/>
+      <c r="A54" s="14"/>
+      <c r="B54" s="15"/>
+      <c r="C54" s="15"/>
+      <c r="D54" s="15"/>
+      <c r="E54" s="15"/>
+      <c r="F54" s="15"/>
+      <c r="G54" s="15"/>
+      <c r="H54" s="15"/>
+      <c r="I54" s="15"/>
+      <c r="J54" s="15"/>
+      <c r="K54" s="15"/>
+      <c r="L54" s="15"/>
+      <c r="M54" s="15"/>
+      <c r="N54" s="15"/>
+      <c r="O54" s="15"/>
+      <c r="P54" s="15"/>
+      <c r="Q54" s="15"/>
+      <c r="R54" s="15"/>
+      <c r="S54" s="15"/>
+      <c r="T54" s="15"/>
+      <c r="U54" s="15"/>
+      <c r="V54" s="15"/>
+      <c r="W54" s="15"/>
+      <c r="X54" s="15"/>
+      <c r="Y54" s="15"/>
+      <c r="Z54" s="15"/>
+      <c r="AA54" s="15"/>
+      <c r="AB54" s="14"/>
+      <c r="AC54" s="15"/>
+      <c r="AD54" s="15"/>
+      <c r="AE54" s="15"/>
+      <c r="AF54" s="17"/>
     </row>
     <row r="55" spans="1:32" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="66">
+    <mergeCell ref="A45:AF46"/>
+    <mergeCell ref="C42:G42"/>
+    <mergeCell ref="Q42:AA42"/>
+    <mergeCell ref="U24:X24"/>
+    <mergeCell ref="AD24:AE24"/>
+    <mergeCell ref="G26:O26"/>
+    <mergeCell ref="U26:X26"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="E36:L36"/>
+    <mergeCell ref="E37:L37"/>
+    <mergeCell ref="AB40:AF40"/>
+    <mergeCell ref="T32:V32"/>
+    <mergeCell ref="W37:AA37"/>
+    <mergeCell ref="Q37:R37"/>
+    <mergeCell ref="A40:V41"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="E30:V30"/>
+    <mergeCell ref="Q36:R36"/>
+    <mergeCell ref="AA15:AE15"/>
+    <mergeCell ref="D15:W15"/>
+    <mergeCell ref="M36:P36"/>
+    <mergeCell ref="AB36:AF37"/>
+    <mergeCell ref="AB30:AF34"/>
+    <mergeCell ref="W33:AA33"/>
+    <mergeCell ref="M37:P37"/>
+    <mergeCell ref="S37:V37"/>
+    <mergeCell ref="S36:V36"/>
+    <mergeCell ref="A1:AF1"/>
+    <mergeCell ref="A2:AF2"/>
+    <mergeCell ref="A3:AF3"/>
+    <mergeCell ref="G5:AE5"/>
+    <mergeCell ref="D7:W7"/>
+    <mergeCell ref="Z7:AE7"/>
+    <mergeCell ref="E11:T11"/>
+    <mergeCell ref="AC11:AE11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="W36:AA36"/>
+    <mergeCell ref="W30:AA30"/>
+    <mergeCell ref="W31:AA31"/>
+    <mergeCell ref="E31:V31"/>
+    <mergeCell ref="E22:I22"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="T22:W22"/>
+    <mergeCell ref="X22:AE22"/>
+    <mergeCell ref="N22:S22"/>
+    <mergeCell ref="E33:V33"/>
+    <mergeCell ref="C13:AA13"/>
+    <mergeCell ref="AD13:AE13"/>
+    <mergeCell ref="G24:O24"/>
     <mergeCell ref="A53:AA54"/>
     <mergeCell ref="AB53:AF54"/>
     <mergeCell ref="E32:L32"/>
     <mergeCell ref="M32:N32"/>
     <mergeCell ref="Q32:S32"/>
     <mergeCell ref="A48:AF49"/>
     <mergeCell ref="A50:AF51"/>
     <mergeCell ref="O32:P32"/>
     <mergeCell ref="W32:AA32"/>
     <mergeCell ref="W34:AA34"/>
     <mergeCell ref="A30:D34"/>
     <mergeCell ref="E34:V34"/>
     <mergeCell ref="E38:V38"/>
     <mergeCell ref="W38:AA38"/>
     <mergeCell ref="AB38:AF38"/>
     <mergeCell ref="A36:D36"/>
-    <mergeCell ref="E11:T11"/>
-[...48 lines deleted...]
-    <mergeCell ref="A40:V41"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>